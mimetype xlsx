--- v0 (2025-12-21)
+++ v1 (2026-02-21)
@@ -12,149 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Famiglia</t>
   </si>
   <si>
     <t>Qualità</t>
   </si>
   <si>
     <t>Categoria</t>
   </si>
   <si>
     <t>Spessore</t>
   </si>
   <si>
     <t>Larghezza</t>
   </si>
   <si>
     <t>Lunghezza</t>
   </si>
   <si>
     <t>Kg</t>
   </si>
   <si>
     <t>N° Rotolo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>caldo</t>
   </si>
   <si>
     <t>S275JR</t>
   </si>
   <si>
     <t>E1</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>S460</t>
   </si>
   <si>
     <t>E1+CE</t>
   </si>
   <si>
+    <t>decapato</t>
+  </si>
+  <si>
+    <t>DD11</t>
+  </si>
+  <si>
     <t>S235JR</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S355JR</t>
   </si>
   <si>
-    <t>DD11</t>
-[...1 lines deleted...]
-  <si>
     <t>S235</t>
   </si>
   <si>
     <t>S700</t>
   </si>
   <si>
-    <t>S700MC</t>
-[...1 lines deleted...]
-  <si>
     <t>freddo</t>
   </si>
   <si>
     <t>DC 04</t>
   </si>
   <si>
+    <t>S355MC</t>
+  </si>
+  <si>
+    <t>S355J0</t>
+  </si>
+  <si>
+    <t>S355J2</t>
+  </si>
+  <si>
+    <t>S275</t>
+  </si>
+  <si>
+    <t>S500MC</t>
+  </si>
+  <si>
     <t>V</t>
   </si>
   <si>
-    <t>S355MC</t>
-[...7 lines deleted...]
-  <si>
     <t>S420MC</t>
   </si>
   <si>
-    <t>S500MC</t>
-[...8 lines deleted...]
-    <t>decapato</t>
+    <t>S460MC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -458,51 +455,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:I70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -549,1579 +546,1790 @@
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>4.0</v>
       </c>
       <c r="E3">
         <v>1000.0</v>
       </c>
       <c r="G3">
         <v>20975</v>
       </c>
       <c r="H3">
         <v>3884</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E4">
-        <v>1411.0</v>
+        <v>2010.0</v>
       </c>
       <c r="G4">
-        <v>18623</v>
+        <v>27095</v>
       </c>
       <c r="H4">
-        <v>3990</v>
+        <v>4375</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5">
         <v>12.0</v>
       </c>
       <c r="E5">
         <v>1500.0</v>
       </c>
       <c r="G5">
         <v>23871</v>
       </c>
       <c r="H5">
         <v>4202</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6">
         <v>10.0</v>
       </c>
       <c r="E6">
         <v>1430.0</v>
       </c>
       <c r="G6">
         <v>18234</v>
       </c>
       <c r="H6">
         <v>3949</v>
       </c>
       <c r="I6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7">
         <v>4.0</v>
       </c>
       <c r="E7">
         <v>1207.0</v>
       </c>
       <c r="G7">
         <v>17446</v>
       </c>
       <c r="H7">
         <v>4320</v>
       </c>
       <c r="I7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>14</v>
       </c>
       <c r="D8">
         <v>6.0</v>
       </c>
       <c r="E8">
         <v>1800.0</v>
       </c>
       <c r="G8">
         <v>13400</v>
       </c>
       <c r="H8">
         <v>3738</v>
       </c>
       <c r="I8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>14</v>
       </c>
       <c r="D9">
         <v>8.0</v>
       </c>
       <c r="E9">
         <v>1810.0</v>
       </c>
       <c r="G9">
         <v>21073</v>
       </c>
       <c r="H9">
         <v>3819</v>
       </c>
       <c r="I9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D10">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="E10">
-        <v>1500.0</v>
+        <v>1370.0</v>
       </c>
       <c r="G10">
-        <v>14282</v>
+        <v>11270</v>
       </c>
       <c r="H10">
-        <v>3357</v>
+        <v>4524</v>
       </c>
       <c r="I10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D11">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="E11">
-        <v>1250.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G11">
-        <v>23256</v>
+        <v>14282</v>
       </c>
       <c r="H11">
-        <v>4178</v>
+        <v>3357</v>
       </c>
       <c r="I11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D12">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E12">
-        <v>1396.0</v>
+        <v>2016.0</v>
       </c>
       <c r="G12">
-        <v>15926</v>
+        <v>20526</v>
       </c>
       <c r="H12">
-        <v>3527</v>
+        <v>4222</v>
       </c>
       <c r="I12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D13">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="E13">
-        <v>2016.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G13">
-        <v>20526</v>
+        <v>13400</v>
       </c>
       <c r="H13">
-        <v>4222</v>
+        <v>3670</v>
       </c>
       <c r="I13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="C14">
+        <v>2</v>
       </c>
       <c r="D14">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="E14">
         <v>1500.0</v>
       </c>
       <c r="G14">
-        <v>13400</v>
+        <v>29850</v>
       </c>
       <c r="H14">
-        <v>3670</v>
+        <v>4293</v>
       </c>
       <c r="I14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>23</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
       </c>
       <c r="D15">
-        <v>5.0</v>
+        <v>0.71</v>
       </c>
       <c r="E15">
-        <v>1500.0</v>
+        <v>1654.0</v>
       </c>
       <c r="G15">
-        <v>29850</v>
+        <v>12561</v>
       </c>
       <c r="H15">
-        <v>4293</v>
+        <v>4377</v>
       </c>
       <c r="I15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D16">
-        <v>0.71</v>
+        <v>4.0</v>
       </c>
       <c r="E16">
-        <v>1654.0</v>
+        <v>1000.0</v>
       </c>
       <c r="G16">
-        <v>12561</v>
+        <v>18845</v>
       </c>
       <c r="H16">
-        <v>4377</v>
+        <v>4097</v>
       </c>
       <c r="I16" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D17">
-        <v>2.97</v>
+        <v>4.0</v>
       </c>
       <c r="E17">
-        <v>1161.0</v>
+        <v>1250.0</v>
       </c>
       <c r="G17">
-        <v>15085</v>
+        <v>18700</v>
       </c>
       <c r="H17">
-        <v>4016</v>
+        <v>4497</v>
       </c>
       <c r="I17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D18">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="E18">
-        <v>1200.0</v>
+        <v>1430.0</v>
       </c>
       <c r="G18">
-        <v>21103</v>
+        <v>15447</v>
       </c>
       <c r="H18">
-        <v>4106</v>
+        <v>3938</v>
       </c>
       <c r="I18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D19">
-        <v>2.8</v>
+        <v>3.0</v>
       </c>
       <c r="E19">
-        <v>1420.0</v>
+        <v>1470.0</v>
       </c>
       <c r="G19">
-        <v>26412</v>
+        <v>19115</v>
       </c>
       <c r="H19">
-        <v>4347</v>
+        <v>4507</v>
       </c>
       <c r="I19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D20">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="E20">
-        <v>1000.0</v>
+        <v>1420.0</v>
       </c>
       <c r="G20">
-        <v>18845</v>
+        <v>18134</v>
       </c>
       <c r="H20">
-        <v>4097</v>
+        <v>4392</v>
       </c>
       <c r="I20" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D21">
-        <v>8.0</v>
+        <v>1.75</v>
       </c>
       <c r="E21">
-        <v>1430.0</v>
+        <v>1265.0</v>
       </c>
       <c r="G21">
-        <v>15447</v>
+        <v>20785</v>
       </c>
       <c r="H21">
-        <v>3938</v>
+        <v>4563</v>
       </c>
       <c r="I21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>27</v>
       </c>
       <c r="C22" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D22">
         <v>11.84</v>
       </c>
       <c r="E22">
         <v>1729.0</v>
       </c>
       <c r="G22">
         <v>28944</v>
       </c>
       <c r="H22">
         <v>3849</v>
       </c>
       <c r="I22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D23">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="E23">
-        <v>1180.0</v>
+        <v>1820.0</v>
       </c>
       <c r="G23">
-        <v>14309</v>
+        <v>26093</v>
       </c>
       <c r="H23">
-        <v>4324</v>
+        <v>4398</v>
       </c>
       <c r="I23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D24">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="E24">
-        <v>1510.0</v>
+        <v>1504.0</v>
       </c>
       <c r="G24">
-        <v>19120</v>
+        <v>28640</v>
       </c>
       <c r="H24">
-        <v>4254</v>
+        <v>4246</v>
       </c>
       <c r="I24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D25">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="E25">
-        <v>1504.0</v>
+        <v>1600.0</v>
       </c>
       <c r="G25">
-        <v>28640</v>
+        <v>29534</v>
       </c>
       <c r="H25">
-        <v>4246</v>
+        <v>4410</v>
       </c>
       <c r="I25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C26" t="s">
         <v>14</v>
       </c>
       <c r="D26">
         <v>4.0</v>
       </c>
       <c r="E26">
-        <v>1250.0</v>
+        <v>1220.0</v>
       </c>
       <c r="G26">
-        <v>21163</v>
+        <v>16093</v>
       </c>
       <c r="H26">
-        <v>4231</v>
+        <v>4405</v>
       </c>
       <c r="I26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C27" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D27">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="E27">
-        <v>1250.0</v>
+        <v>1240.0</v>
       </c>
       <c r="G27">
-        <v>16493</v>
+        <v>24156</v>
       </c>
       <c r="H27">
-        <v>4233</v>
+        <v>4323</v>
       </c>
       <c r="I27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D28">
         <v>6.0</v>
       </c>
       <c r="E28">
-        <v>1240.0</v>
+        <v>1507.0</v>
       </c>
       <c r="G28">
-        <v>24156</v>
+        <v>28920</v>
       </c>
       <c r="H28">
-        <v>4323</v>
+        <v>4245</v>
       </c>
       <c r="I28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="C29" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D29">
-        <v>6.0</v>
+        <v>2.7</v>
       </c>
       <c r="E29">
-        <v>1507.0</v>
+        <v>1250.0</v>
       </c>
       <c r="G29">
-        <v>28920</v>
+        <v>21216</v>
       </c>
       <c r="H29">
-        <v>4245</v>
+        <v>4345</v>
       </c>
       <c r="I29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D30">
         <v>6.0</v>
       </c>
       <c r="E30">
-        <v>1500.0</v>
+        <v>1180.0</v>
       </c>
       <c r="G30">
-        <v>28040</v>
+        <v>18353</v>
       </c>
       <c r="H30">
-        <v>4243</v>
+        <v>4043</v>
       </c>
       <c r="I30" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>9</v>
       </c>
       <c r="B31" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C31" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D31">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
       <c r="E31">
-        <v>1180.0</v>
+        <v>1517.0</v>
       </c>
       <c r="G31">
-        <v>18353</v>
+        <v>21666</v>
       </c>
       <c r="H31">
-        <v>4043</v>
+        <v>4330</v>
       </c>
       <c r="I31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>9</v>
       </c>
       <c r="B32" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>10</v>
+      </c>
+      <c r="C32">
+        <v>2</v>
       </c>
       <c r="D32">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="E32">
-        <v>1517.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G32">
-        <v>21666</v>
+        <v>27304</v>
       </c>
       <c r="H32">
-        <v>4330</v>
+        <v>4291</v>
       </c>
       <c r="I32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>9</v>
       </c>
       <c r="B33" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>17</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
       </c>
       <c r="D33">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="E33">
-        <v>1500.0</v>
+        <v>1490.0</v>
       </c>
       <c r="G33">
-        <v>27304</v>
+        <v>21100</v>
       </c>
       <c r="H33">
-        <v>4291</v>
+        <v>4419</v>
       </c>
       <c r="I33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>9</v>
       </c>
       <c r="B34" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D34">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="E34">
-        <v>1105.0</v>
+        <v>1470.0</v>
       </c>
       <c r="G34">
-        <v>23315</v>
+        <v>19200</v>
       </c>
       <c r="H34">
-        <v>3894</v>
+        <v>4533</v>
       </c>
       <c r="I34" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>9</v>
       </c>
       <c r="B35" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D35">
         <v>8.0</v>
       </c>
       <c r="E35">
         <v>1500.0</v>
       </c>
       <c r="G35">
-        <v>22725</v>
+        <v>31694</v>
       </c>
       <c r="H35">
-        <v>4207</v>
+        <v>3870</v>
       </c>
       <c r="I35" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>9</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C36" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D36">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="E36">
-        <v>1500.0</v>
+        <v>1860.0</v>
       </c>
       <c r="G36">
-        <v>31694</v>
+        <v>23506</v>
       </c>
       <c r="H36">
-        <v>3870</v>
+        <v>4502</v>
       </c>
       <c r="I36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>9</v>
       </c>
       <c r="B37" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C37" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D37">
-        <v>2.5</v>
+        <v>3.78</v>
       </c>
       <c r="E37">
-        <v>1575.0</v>
+        <v>1230.0</v>
       </c>
       <c r="G37">
-        <v>16285</v>
+        <v>14473</v>
       </c>
       <c r="H37">
-        <v>4011</v>
+        <v>4424</v>
       </c>
       <c r="I37" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>9</v>
       </c>
       <c r="B38" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D38">
-        <v>17.5</v>
+        <v>2.5</v>
       </c>
       <c r="E38">
-        <v>1250.0</v>
+        <v>1575.0</v>
       </c>
       <c r="G38">
-        <v>28036</v>
+        <v>16285</v>
       </c>
       <c r="H38">
-        <v>2762</v>
+        <v>4011</v>
       </c>
       <c r="I38" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>9</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>19</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
       </c>
       <c r="D39">
-        <v>5.0</v>
+        <v>17.5</v>
       </c>
       <c r="E39">
-        <v>1500.0</v>
+        <v>1250.0</v>
       </c>
       <c r="G39">
-        <v>26450</v>
+        <v>28036</v>
       </c>
       <c r="H39">
-        <v>4292</v>
+        <v>2762</v>
       </c>
       <c r="I39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>9</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="C40">
+        <v>2</v>
       </c>
       <c r="D40">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="E40">
-        <v>1241.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G40">
-        <v>23405</v>
+        <v>26450</v>
       </c>
       <c r="H40">
-        <v>4344</v>
+        <v>4292</v>
       </c>
       <c r="I40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>9</v>
       </c>
       <c r="B41" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C41" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D41">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="E41">
-        <v>1260.0</v>
+        <v>1241.0</v>
       </c>
       <c r="G41">
-        <v>13404</v>
+        <v>23405</v>
       </c>
       <c r="H41">
-        <v>3948</v>
+        <v>4344</v>
       </c>
       <c r="I41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>9</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D42">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="E42">
-        <v>1662.0</v>
+        <v>1260.0</v>
       </c>
       <c r="G42">
-        <v>20916</v>
+        <v>13404</v>
       </c>
       <c r="H42">
-        <v>4026</v>
+        <v>3948</v>
       </c>
       <c r="I42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>9</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D43">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="E43">
-        <v>1260.0</v>
+        <v>1360.0</v>
       </c>
       <c r="G43">
-        <v>19986</v>
+        <v>15820</v>
       </c>
       <c r="H43">
-        <v>3978</v>
+        <v>4525</v>
       </c>
       <c r="I43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>9</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D44">
-        <v>3.0</v>
+        <v>2.5</v>
       </c>
       <c r="E44">
-        <v>1202.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G44">
-        <v>16926</v>
+        <v>20170</v>
       </c>
       <c r="H44">
-        <v>3406</v>
+        <v>4421</v>
       </c>
       <c r="I44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>9</v>
       </c>
       <c r="B45" t="s">
         <v>17</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
       <c r="E45">
-        <v>1500.0</v>
+        <v>1662.0</v>
       </c>
       <c r="G45">
-        <v>22108</v>
+        <v>20916</v>
       </c>
       <c r="H45">
-        <v>4314</v>
+        <v>4026</v>
       </c>
       <c r="I45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>9</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="C46">
+        <v>2</v>
       </c>
       <c r="D46">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
       <c r="E46">
-        <v>1500.0</v>
+        <v>1360.0</v>
       </c>
       <c r="G46">
-        <v>20936</v>
+        <v>13470</v>
       </c>
       <c r="H46">
-        <v>4322</v>
+        <v>4538</v>
       </c>
       <c r="I46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>9</v>
       </c>
       <c r="B47" t="s">
         <v>10</v>
       </c>
-      <c r="C47" t="s">
-        <v>30</v>
+      <c r="C47">
+        <v>2</v>
       </c>
       <c r="D47">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E47">
-        <v>700.0</v>
+        <v>1250.0</v>
       </c>
       <c r="G47">
-        <v>9674</v>
+        <v>19390</v>
       </c>
       <c r="H47">
-        <v>3972</v>
+        <v>4566</v>
       </c>
       <c r="I47" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>9</v>
       </c>
       <c r="B48" t="s">
         <v>10</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D48">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="E48">
-        <v>1450.0</v>
+        <v>1260.0</v>
       </c>
       <c r="G48">
-        <v>25102</v>
+        <v>19986</v>
       </c>
       <c r="H48">
-        <v>4192</v>
+        <v>3978</v>
       </c>
       <c r="I48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C49" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D49">
-        <v>3.8</v>
+        <v>6.0</v>
       </c>
       <c r="E49">
-        <v>1196.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G49">
-        <v>21795</v>
+        <v>27350</v>
       </c>
       <c r="H49">
-        <v>3820</v>
+        <v>4536</v>
       </c>
       <c r="I49" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>9</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C50" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D50">
-        <v>1.8</v>
+        <v>15.0</v>
       </c>
       <c r="E50">
-        <v>1486.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G50">
-        <v>29260</v>
+        <v>22108</v>
       </c>
       <c r="H50">
-        <v>4181</v>
+        <v>4314</v>
       </c>
       <c r="I50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>9</v>
       </c>
       <c r="B51" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D51">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="E51">
-        <v>1250.0</v>
+        <v>1480.0</v>
+      </c>
+      <c r="F51">
+        <v>3000.0</v>
       </c>
       <c r="G51">
-        <v>20130</v>
+        <v>3903</v>
       </c>
       <c r="H51">
-        <v>4179</v>
+        <v>3503</v>
       </c>
       <c r="I51" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C52" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D52">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
       <c r="E52">
-        <v>1430.0</v>
+        <v>1509.0</v>
       </c>
       <c r="G52">
-        <v>26954</v>
+        <v>27206</v>
       </c>
       <c r="H52">
-        <v>3944</v>
+        <v>4432</v>
       </c>
       <c r="I52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C53" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D53">
-        <v>15.0</v>
+        <v>3.0</v>
       </c>
       <c r="E53">
-        <v>1600.0</v>
+        <v>1512.0</v>
       </c>
       <c r="G53">
-        <v>18403</v>
+        <v>23225</v>
       </c>
       <c r="H53">
-        <v>3618</v>
+        <v>4411</v>
       </c>
       <c r="I53" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C54" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D54">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="E54">
-        <v>1250.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G54">
-        <v>16033</v>
+        <v>20936</v>
       </c>
       <c r="H54">
-        <v>4230</v>
+        <v>4322</v>
       </c>
       <c r="I54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="B55" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C55" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D55">
-        <v>0.67</v>
+        <v>6.0</v>
       </c>
       <c r="E55">
-        <v>1451.0</v>
+        <v>1820.0</v>
       </c>
       <c r="G55">
-        <v>14755</v>
+        <v>25483</v>
       </c>
       <c r="H55">
-        <v>4376</v>
+        <v>4415</v>
       </c>
       <c r="I55" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C56" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D56">
-        <v>12.0</v>
+        <v>3.8</v>
       </c>
       <c r="E56">
-        <v>1500.0</v>
+        <v>1196.0</v>
       </c>
       <c r="G56">
-        <v>28646</v>
+        <v>21795</v>
       </c>
       <c r="H56">
-        <v>4217</v>
+        <v>3820</v>
       </c>
       <c r="I56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C57" t="s">
         <v>14</v>
       </c>
       <c r="D57">
         <v>4.0</v>
       </c>
       <c r="E57">
-        <v>1250.0</v>
+        <v>1220.0</v>
       </c>
       <c r="G57">
-        <v>20183</v>
+        <v>16133</v>
       </c>
       <c r="H57">
-        <v>4232</v>
+        <v>4406</v>
       </c>
       <c r="I57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="C58" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D58">
-        <v>5.0</v>
+        <v>1.8</v>
       </c>
       <c r="E58">
-        <v>1430.0</v>
+        <v>1486.0</v>
       </c>
       <c r="G58">
-        <v>7394</v>
+        <v>29260</v>
       </c>
       <c r="H58">
-        <v>4053</v>
+        <v>4181</v>
       </c>
       <c r="I58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="B59" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>10</v>
+      </c>
+      <c r="C59">
+        <v>2</v>
       </c>
       <c r="D59">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="E59">
-        <v>1390.0</v>
+        <v>1120.0</v>
       </c>
       <c r="G59">
-        <v>22740</v>
+        <v>17050</v>
       </c>
       <c r="H59">
-        <v>4039</v>
+        <v>4567</v>
       </c>
       <c r="I59" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C60" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D60">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
       <c r="E60">
-        <v>1510.0</v>
+        <v>2015.0</v>
       </c>
       <c r="G60">
-        <v>27366</v>
+        <v>25086</v>
       </c>
       <c r="H60">
-        <v>4186</v>
+        <v>4431</v>
       </c>
       <c r="I60" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C61" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D61">
-        <v>4.0</v>
+        <v>4.5</v>
       </c>
       <c r="E61">
-        <v>1655.0</v>
+        <v>1577.0</v>
       </c>
       <c r="G61">
-        <v>17076</v>
+        <v>6074</v>
       </c>
       <c r="H61">
-        <v>4027</v>
+        <v>4422</v>
       </c>
       <c r="I61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C62" t="s">
         <v>14</v>
       </c>
       <c r="D62">
         <v>4.0</v>
       </c>
       <c r="E62">
+        <v>1430.0</v>
+      </c>
+      <c r="G62">
+        <v>26954</v>
+      </c>
+      <c r="H62">
+        <v>3944</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>9</v>
+      </c>
+      <c r="B63" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63">
+        <v>3.0</v>
+      </c>
+      <c r="E63">
+        <v>1261.0</v>
+      </c>
+      <c r="G63">
+        <v>13206</v>
+      </c>
+      <c r="H63">
+        <v>4527</v>
+      </c>
+      <c r="I63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>22</v>
+      </c>
+      <c r="B64" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64">
+        <v>0.67</v>
+      </c>
+      <c r="E64">
+        <v>1451.0</v>
+      </c>
+      <c r="G64">
+        <v>14755</v>
+      </c>
+      <c r="H64">
+        <v>4376</v>
+      </c>
+      <c r="I64" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>9</v>
+      </c>
+      <c r="B65" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65">
+        <v>12.0</v>
+      </c>
+      <c r="E65">
+        <v>1500.0</v>
+      </c>
+      <c r="G65">
+        <v>28646</v>
+      </c>
+      <c r="H65">
+        <v>4217</v>
+      </c>
+      <c r="I65" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>15</v>
+      </c>
+      <c r="B66" t="s">
+        <v>30</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66">
+        <v>6.0</v>
+      </c>
+      <c r="E66">
+        <v>1390.0</v>
+      </c>
+      <c r="G66">
+        <v>22740</v>
+      </c>
+      <c r="H66">
+        <v>4039</v>
+      </c>
+      <c r="I66" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>9</v>
+      </c>
+      <c r="B67" t="s">
+        <v>17</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67">
+        <v>6.0</v>
+      </c>
+      <c r="E67">
+        <v>1510.0</v>
+      </c>
+      <c r="G67">
+        <v>27366</v>
+      </c>
+      <c r="H67">
+        <v>4186</v>
+      </c>
+      <c r="I67" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>9</v>
+      </c>
+      <c r="B68" t="s">
+        <v>17</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68">
+        <v>4.0</v>
+      </c>
+      <c r="E68">
+        <v>1500.0</v>
+      </c>
+      <c r="G68">
+        <v>17180</v>
+      </c>
+      <c r="H68">
+        <v>4420</v>
+      </c>
+      <c r="I68" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>9</v>
+      </c>
+      <c r="B69" t="s">
+        <v>16</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69">
+        <v>4.0</v>
+      </c>
+      <c r="E69">
+        <v>1655.0</v>
+      </c>
+      <c r="G69">
+        <v>17076</v>
+      </c>
+      <c r="H69">
+        <v>4027</v>
+      </c>
+      <c r="I69" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>9</v>
+      </c>
+      <c r="B70" t="s">
+        <v>16</v>
+      </c>
+      <c r="C70" t="s">
+        <v>14</v>
+      </c>
+      <c r="D70">
+        <v>4.0</v>
+      </c>
+      <c r="E70">
         <v>1960.0</v>
       </c>
-      <c r="G62">
+      <c r="G70">
         <v>22873</v>
       </c>
-      <c r="H62">
+      <c r="H70">
         <v>3736</v>
       </c>
-      <c r="I62" t="s">
+      <c r="I70" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>